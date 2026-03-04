--- v0 (2026-01-22)
+++ v1 (2026-03-04)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\msteph\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\R2P0UGJQ\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\JBlaudow\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DB2024DD-E327-4051-B814-F17C475A2B7B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F3427CBD-61FC-4F82-B004-8E11BC70F7C4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{44AFF3D6-296F-421A-B782-69183D87F245}"/>
+    <workbookView xWindow="2340" yWindow="2340" windowWidth="21600" windowHeight="11385" xr2:uid="{44AFF3D6-296F-421A-B782-69183D87F245}"/>
   </bookViews>
   <sheets>
     <sheet name="Job Report Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Job Report Data'!$A$1:$I$48</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -79,51 +79,51 @@
  (Company or 3rd Party)</t>
   </si>
   <si>
     <t>Employee's 
   Address</t>
   </si>
   <si>
     <t xml:space="preserve">Employee's
 City of Residence
  </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Salary
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>If requiered by contract</t>
+      <t>If required by contract</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -506,100 +506,100 @@
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D6EF99A-3FAC-4568-8E8B-48BD8D6187EF}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E4" sqref="E4"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="H1" sqref="H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="16.85546875" style="1" customWidth="1"/>
     <col min="3" max="3" width="28" style="1" customWidth="1"/>
     <col min="4" max="4" width="16.85546875" style="1" customWidth="1"/>
     <col min="5" max="5" width="14.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="37.140625" style="1" customWidth="1"/>
     <col min="7" max="7" width="19.140625" style="1" customWidth="1"/>
     <col min="8" max="8" width="17.5703125" style="1" customWidth="1"/>
     <col min="9" max="9" width="22.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="19.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="64" fitToHeight="0" orientation="landscape" r:id="rId1"/>
+  <pageSetup scale="63" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;12 2025 JOB REPORT DATA
 &amp;UPlease Complete and Return as an Excel Spreadsheet</oddHeader>
     <oddFooter>&amp;L2025 Job Report Data&amp;RPage  1 of 1</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>