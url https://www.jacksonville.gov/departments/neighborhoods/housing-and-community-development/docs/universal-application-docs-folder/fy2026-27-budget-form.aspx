--- v0 (2025-12-04)
+++ v1 (2026-01-15)
@@ -1,118 +1,122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Universal Applications\FY 2026-2027\Application and Guidelines\Application\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{520E8AA6-B612-4660-896E-0235FB342D86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{728C7B12-2696-451E-8190-45F75C819444}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="v9OKx/Yx0NW3dyibN7C8Li0t+dJgPDPHJ+y3U5pVv7YQ1PSigCVa9Vb8sPDy0yDr2+j6XMyMFLivjXqHqzdCJg==" workbookSaltValue="iCkCxZdxfW4QaVz6AW0WDg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="9225" yWindow="645" windowWidth="27765" windowHeight="14910" activeTab="1" xr2:uid="{DB51E217-C821-4CB8-A029-48FFE99FF003}"/>
+    <workbookView xWindow="19290" yWindow="0" windowWidth="36525" windowHeight="15480" activeTab="1" xr2:uid="{DB51E217-C821-4CB8-A029-48FFE99FF003}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="2" r:id="rId1"/>
     <sheet name="Budget" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Budget!$A$1:$N$37</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F14" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="F30" i="1"/>
+  <c r="M36" i="1" l="1"/>
+  <c r="F7" i="1" s="1"/>
+  <c r="K36" i="1"/>
+  <c r="F6" i="1" s="1"/>
+  <c r="I36" i="1"/>
+  <c r="F5" i="1" s="1"/>
+  <c r="G36" i="1"/>
+  <c r="F3" i="1" s="1"/>
+  <c r="F15" i="1"/>
+  <c r="F16" i="1"/>
+  <c r="F31" i="1"/>
+  <c r="F32" i="1"/>
+  <c r="F30" i="1" s="1"/>
   <c r="F35" i="1"/>
   <c r="F34" i="1"/>
   <c r="F33" i="1"/>
   <c r="F29" i="1"/>
   <c r="F28" i="1"/>
   <c r="F27" i="1"/>
   <c r="F26" i="1"/>
   <c r="F25" i="1"/>
   <c r="F24" i="1"/>
   <c r="F23" i="1"/>
   <c r="F22" i="1"/>
   <c r="F21" i="1"/>
   <c r="F19" i="1"/>
   <c r="F20" i="1"/>
   <c r="F18" i="1"/>
   <c r="F17" i="1"/>
-  <c r="M36" i="1"/>
-[...7 lines deleted...]
-  <c r="F8" i="1" l="1"/>
+  <c r="F14" i="1" l="1"/>
+  <c r="F36" i="1" s="1"/>
+  <c r="F8" i="1"/>
   <c r="L7" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="36">
   <si>
     <t>SOURCES OF FUNDS</t>
   </si>
   <si>
     <t>A. Funds Requested</t>
   </si>
   <si>
     <t>B. Sources of Matching Funds</t>
   </si>
   <si>
     <t>Match Funds</t>
   </si>
   <si>
     <t>Leverage Funds</t>
   </si>
   <si>
     <t>Donations/ In Kind</t>
   </si>
   <si>
@@ -1180,50 +1184,59 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="39" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1251,59 +1264,50 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="2" borderId="35" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="2" borderId="32" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="2" borderId="38" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="2" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma 2" xfId="3" xr:uid="{E935769F-38F0-44B3-ACBA-7ADEA6618400}"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Hyperlink" xfId="5" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{9C3E3F2D-7EDD-423C-AB9F-E59124B69265}"/>
     <cellStyle name="Percent 2" xfId="4" xr:uid="{6656CAC2-7A3F-44EF-8A33-DAEE9EB2E00F}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFD9E1F2"/>
       <color rgb="FFDDEBF7"/>
       <color rgb="FFB8C9E4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
@@ -1805,230 +1809,230 @@
       <c r="E15" s="25"/>
       <c r="F15" s="25"/>
       <c r="G15" s="25"/>
       <c r="H15" s="25"/>
       <c r="I15" s="25"/>
       <c r="J15" s="26"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="IroiB9l2IRznwOZCR71rfvbKtoR8LLWAuvw/yScfcXhzLTqBMzPEkTk88LtmaEbyscvLelldg7wrLvZ4bqlg3A==" saltValue="kdV2eXzZ9PWMkpwLLZQ8MQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="A3:J3"/>
     <mergeCell ref="B6:J6"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="D14" r:id="rId1" xr:uid="{30930F44-C0DD-42E9-B41C-FE8C15714335}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0772CFE6-DE91-4370-B03A-5CDC9870FDFE}">
   <dimension ref="A1:N38"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q8" sqref="Q8"/>
+      <selection activeCell="M32" sqref="M32:N32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="5.5703125" customWidth="1"/>
     <col min="3" max="3" width="9.85546875" customWidth="1"/>
     <col min="4" max="4" width="5.5703125" customWidth="1"/>
     <col min="5" max="5" width="18.5703125" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" customWidth="1"/>
     <col min="7" max="7" width="4.85546875" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" customWidth="1"/>
     <col min="9" max="9" width="10.140625" customWidth="1"/>
     <col min="10" max="10" width="5.42578125" customWidth="1"/>
     <col min="12" max="12" width="5.42578125" customWidth="1"/>
     <col min="14" max="14" width="6.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
     </row>
     <row r="2" spans="1:14" ht="27.75" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A2" s="10"/>
       <c r="B2" s="78" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="78"/>
       <c r="D2" s="78"/>
       <c r="E2" s="79"/>
       <c r="F2" s="9" t="s">
         <v>34</v>
       </c>
       <c r="H2" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="I2" s="83"/>
-[...4 lines deleted...]
-      <c r="N2" s="83"/>
+      <c r="I2" s="86"/>
+      <c r="J2" s="86"/>
+      <c r="K2" s="86"/>
+      <c r="L2" s="86"/>
+      <c r="M2" s="86"/>
+      <c r="N2" s="86"/>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="80" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="80"/>
       <c r="D3" s="80"/>
       <c r="E3" s="80"/>
       <c r="F3" s="12">
         <f>SUM(G36)</f>
         <v>0</v>
       </c>
       <c r="H3" s="4" t="s">
         <v>8</v>
       </c>
-      <c r="I3" s="84"/>
-[...4 lines deleted...]
-      <c r="N3" s="84"/>
+      <c r="I3" s="87"/>
+      <c r="J3" s="87"/>
+      <c r="K3" s="87"/>
+      <c r="L3" s="87"/>
+      <c r="M3" s="87"/>
+      <c r="N3" s="87"/>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="81" t="s">
         <v>2</v>
       </c>
       <c r="C4" s="81"/>
       <c r="D4" s="81"/>
       <c r="E4" s="81"/>
       <c r="F4" s="8"/>
       <c r="H4" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="I4" s="85"/>
-[...4 lines deleted...]
-      <c r="N4" s="85"/>
+      <c r="I4" s="88"/>
+      <c r="J4" s="88"/>
+      <c r="K4" s="88"/>
+      <c r="L4" s="88"/>
+      <c r="M4" s="88"/>
+      <c r="N4" s="88"/>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="B5" s="80" t="s">
         <v>3</v>
       </c>
       <c r="C5" s="80"/>
       <c r="D5" s="80"/>
       <c r="E5" s="80"/>
       <c r="F5" s="12">
         <f>SUM(I36)</f>
         <v>0</v>
       </c>
       <c r="H5" s="4" t="s">
         <v>25</v>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="29"/>
       <c r="K5" s="4" t="s">
         <v>27</v>
       </c>
       <c r="L5" s="29"/>
       <c r="M5" s="4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6" s="2"/>
       <c r="B6" s="80" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="80"/>
       <c r="D6" s="80"/>
       <c r="E6" s="80"/>
       <c r="F6" s="12">
         <f>SUM(K36)</f>
         <v>0</v>
       </c>
-      <c r="H6" s="86" t="s">
+      <c r="H6" s="89" t="s">
         <v>29</v>
       </c>
-      <c r="I6" s="86"/>
-[...4 lines deleted...]
-      <c r="N6" s="86"/>
+      <c r="I6" s="89"/>
+      <c r="J6" s="89"/>
+      <c r="K6" s="89"/>
+      <c r="L6" s="89"/>
+      <c r="M6" s="89"/>
+      <c r="N6" s="89"/>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
       <c r="B7" s="80" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="80"/>
       <c r="D7" s="80"/>
       <c r="E7" s="80"/>
       <c r="F7" s="12">
         <f>SUM(M36)</f>
         <v>0</v>
       </c>
-      <c r="H7" s="82" t="s">
+      <c r="H7" s="85" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="82"/>
-[...1 lines deleted...]
-      <c r="K7" s="82"/>
+      <c r="I7" s="85"/>
+      <c r="J7" s="85"/>
+      <c r="K7" s="85"/>
       <c r="L7" s="50" t="str">
         <f>IF(G36+I36+K36+M36=F8, "Yes", "No")</f>
         <v>Yes</v>
       </c>
       <c r="M7" s="50"/>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A8" s="2"/>
       <c r="B8" s="81" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="81"/>
       <c r="D8" s="81"/>
       <c r="E8" s="81"/>
       <c r="F8" s="12">
         <f>SUM(F3+F5+F6+F7)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="105" t="s">
+      <c r="A9" s="82" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="106"/>
-[...3 lines deleted...]
-      <c r="F9" s="107"/>
+      <c r="B9" s="83"/>
+      <c r="C9" s="83"/>
+      <c r="D9" s="83"/>
+      <c r="E9" s="83"/>
+      <c r="F9" s="84"/>
       <c r="G9" s="3"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
     </row>
     <row r="10" spans="1:14" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A10" s="51" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="54" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="55"/>
       <c r="D10" s="55"/>
       <c r="E10" s="56"/>
       <c r="F10" s="59" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="62" t="s">
         <v>16</v>
       </c>
@@ -2101,89 +2105,91 @@
       <c r="L13" s="40"/>
       <c r="M13" s="39">
         <v>3</v>
       </c>
       <c r="N13" s="68"/>
     </row>
     <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="43" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="44"/>
       <c r="C14" s="44"/>
       <c r="D14" s="44"/>
       <c r="E14" s="44"/>
       <c r="F14" s="31">
         <f>SUM(F15:F29)</f>
         <v>0</v>
       </c>
       <c r="G14" s="44"/>
       <c r="H14" s="44"/>
       <c r="I14" s="44"/>
       <c r="J14" s="44"/>
       <c r="K14" s="44"/>
       <c r="L14" s="44"/>
       <c r="M14" s="44"/>
-      <c r="N14" s="104"/>
+      <c r="N14" s="107"/>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" s="6">
         <v>1</v>
       </c>
       <c r="B15" s="72"/>
       <c r="C15" s="73"/>
       <c r="D15" s="73"/>
       <c r="E15" s="74"/>
       <c r="F15" s="11">
+        <f>SUM(G15:N15)</f>
         <v>0</v>
       </c>
       <c r="G15" s="47">
         <v>0</v>
       </c>
       <c r="H15" s="48"/>
       <c r="I15" s="47">
         <v>0</v>
       </c>
       <c r="J15" s="48"/>
       <c r="K15" s="47">
         <v>0</v>
       </c>
       <c r="L15" s="48"/>
       <c r="M15" s="47">
         <v>0</v>
       </c>
       <c r="N15" s="49"/>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
         <v>2</v>
       </c>
       <c r="B16" s="75"/>
       <c r="C16" s="76"/>
       <c r="D16" s="76"/>
       <c r="E16" s="77"/>
       <c r="F16" s="11">
+        <f>SUM(G16:N16)</f>
         <v>0</v>
       </c>
       <c r="G16" s="47">
         <v>0</v>
       </c>
       <c r="H16" s="48"/>
       <c r="I16" s="47">
         <v>0</v>
       </c>
       <c r="J16" s="48"/>
       <c r="K16" s="47">
         <v>0</v>
       </c>
       <c r="L16" s="48"/>
       <c r="M16" s="47">
         <v>0</v>
       </c>
       <c r="N16" s="49"/>
     </row>
     <row r="17" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A17" s="6">
         <v>3</v>
       </c>
       <c r="B17" s="75"/>
       <c r="C17" s="76"/>
@@ -2548,96 +2554,98 @@
       <c r="I29" s="47">
         <v>0</v>
       </c>
       <c r="J29" s="48"/>
       <c r="K29" s="47">
         <v>0</v>
       </c>
       <c r="L29" s="48"/>
       <c r="M29" s="47">
         <v>0</v>
       </c>
       <c r="N29" s="49"/>
     </row>
     <row r="30" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A30" s="45" t="s">
         <v>31</v>
       </c>
       <c r="B30" s="46"/>
       <c r="C30" s="46"/>
       <c r="D30" s="46"/>
       <c r="E30" s="46"/>
       <c r="F30" s="31">
         <f>SUM(F31:F35)</f>
         <v>0</v>
       </c>
-      <c r="G30" s="101"/>
-[...6 lines deleted...]
-      <c r="N30" s="103"/>
+      <c r="G30" s="104"/>
+      <c r="H30" s="105"/>
+      <c r="I30" s="105"/>
+      <c r="J30" s="105"/>
+      <c r="K30" s="105"/>
+      <c r="L30" s="105"/>
+      <c r="M30" s="105"/>
+      <c r="N30" s="106"/>
     </row>
     <row r="31" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A31" s="6">
         <v>1</v>
       </c>
       <c r="B31" s="76"/>
       <c r="C31" s="76"/>
       <c r="D31" s="76"/>
       <c r="E31" s="77"/>
       <c r="F31" s="11">
+        <f>SUM(G31:N31)</f>
         <v>0</v>
       </c>
       <c r="G31" s="47">
         <v>0</v>
       </c>
       <c r="H31" s="48"/>
       <c r="I31" s="47">
         <v>0</v>
       </c>
       <c r="J31" s="48"/>
       <c r="K31" s="47">
         <v>0</v>
       </c>
       <c r="L31" s="48"/>
       <c r="M31" s="47">
         <v>0</v>
       </c>
       <c r="N31" s="49"/>
     </row>
     <row r="32" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A32" s="6">
         <v>2</v>
       </c>
       <c r="B32" s="76"/>
       <c r="C32" s="76"/>
       <c r="D32" s="76"/>
       <c r="E32" s="77"/>
       <c r="F32" s="11">
+        <f>SUM(G32:N32)</f>
         <v>0</v>
       </c>
       <c r="G32" s="47">
         <v>0</v>
       </c>
       <c r="H32" s="48"/>
       <c r="I32" s="47">
         <v>0</v>
       </c>
       <c r="J32" s="48"/>
       <c r="K32" s="47">
         <v>0</v>
       </c>
       <c r="L32" s="48"/>
       <c r="M32" s="47">
         <v>0</v>
       </c>
       <c r="N32" s="49"/>
     </row>
     <row r="33" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A33" s="6">
         <v>3</v>
       </c>
       <c r="B33" s="76"/>
       <c r="C33" s="76"/>
@@ -2701,151 +2709,152 @@
       <c r="C35" s="76"/>
       <c r="D35" s="76"/>
       <c r="E35" s="77"/>
       <c r="F35" s="11">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G35" s="47">
         <v>0</v>
       </c>
       <c r="H35" s="48"/>
       <c r="I35" s="47">
         <v>0</v>
       </c>
       <c r="J35" s="48"/>
       <c r="K35" s="47">
         <v>0</v>
       </c>
       <c r="L35" s="48"/>
       <c r="M35" s="47">
         <v>0</v>
       </c>
       <c r="N35" s="49"/>
     </row>
     <row r="36" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A36" s="87" t="s">
+      <c r="A36" s="90" t="s">
         <v>15</v>
       </c>
-      <c r="B36" s="88"/>
-[...7 lines deleted...]
-      <c r="G36" s="95">
+      <c r="B36" s="91"/>
+      <c r="C36" s="91"/>
+      <c r="D36" s="91"/>
+      <c r="E36" s="92"/>
+      <c r="F36" s="96">
+        <f>F14+F30</f>
+        <v>0</v>
+      </c>
+      <c r="G36" s="98">
         <f>SUM(G15:H35)</f>
         <v>0</v>
       </c>
-      <c r="H36" s="96"/>
-      <c r="I36" s="95">
+      <c r="H36" s="99"/>
+      <c r="I36" s="98">
         <f>SUM(I15:J35)</f>
         <v>0</v>
       </c>
-      <c r="J36" s="96"/>
-      <c r="K36" s="95">
+      <c r="J36" s="99"/>
+      <c r="K36" s="98">
         <f>SUM(K15:L35)</f>
         <v>0</v>
       </c>
-      <c r="L36" s="96"/>
-      <c r="M36" s="95">
+      <c r="L36" s="99"/>
+      <c r="M36" s="98">
         <f>SUM(M15:N35)</f>
         <v>0</v>
       </c>
-      <c r="N36" s="99"/>
+      <c r="N36" s="102"/>
     </row>
     <row r="37" spans="1:14" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="90"/>
-[...12 lines deleted...]
-      <c r="N37" s="100"/>
+      <c r="A37" s="93"/>
+      <c r="B37" s="94"/>
+      <c r="C37" s="94"/>
+      <c r="D37" s="94"/>
+      <c r="E37" s="95"/>
+      <c r="F37" s="97"/>
+      <c r="G37" s="100"/>
+      <c r="H37" s="101"/>
+      <c r="I37" s="100"/>
+      <c r="J37" s="101"/>
+      <c r="K37" s="100"/>
+      <c r="L37" s="101"/>
+      <c r="M37" s="100"/>
+      <c r="N37" s="103"/>
     </row>
     <row r="38" spans="1:14" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="pLC5H0rnwRqesYzUO8mLOXeuzuL9ZxaLiyKEF4GKFsNADrhOqBc87Vj+Hm8FkCpmLy51G5lpPaYq42nvyOorfA==" saltValue="kbuhGAQbmIF187GA+Y+5RQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="136">
     <mergeCell ref="G14:N14"/>
     <mergeCell ref="M15:N15"/>
     <mergeCell ref="M18:N18"/>
     <mergeCell ref="M19:N19"/>
     <mergeCell ref="M20:N20"/>
     <mergeCell ref="K29:L29"/>
     <mergeCell ref="K18:L18"/>
     <mergeCell ref="K19:L19"/>
     <mergeCell ref="I28:J28"/>
     <mergeCell ref="I29:J29"/>
     <mergeCell ref="I15:J15"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="I17:J17"/>
     <mergeCell ref="I18:J18"/>
     <mergeCell ref="I19:J19"/>
     <mergeCell ref="M27:N27"/>
     <mergeCell ref="M28:N28"/>
     <mergeCell ref="M29:N29"/>
     <mergeCell ref="M31:N31"/>
     <mergeCell ref="M21:N21"/>
     <mergeCell ref="M22:N22"/>
     <mergeCell ref="M23:N23"/>
     <mergeCell ref="K23:L23"/>
     <mergeCell ref="K24:L24"/>
     <mergeCell ref="K25:L25"/>
     <mergeCell ref="K26:L26"/>
     <mergeCell ref="K27:L27"/>
     <mergeCell ref="K28:L28"/>
     <mergeCell ref="M24:N24"/>
     <mergeCell ref="M25:N25"/>
     <mergeCell ref="M26:N26"/>
     <mergeCell ref="G30:N30"/>
+    <mergeCell ref="G23:H23"/>
+    <mergeCell ref="G24:H24"/>
+    <mergeCell ref="G25:H25"/>
+    <mergeCell ref="G26:H26"/>
+    <mergeCell ref="G27:H27"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="G31:H31"/>
     <mergeCell ref="I36:J37"/>
     <mergeCell ref="K36:L37"/>
     <mergeCell ref="M36:N37"/>
     <mergeCell ref="M34:N34"/>
     <mergeCell ref="M35:N35"/>
     <mergeCell ref="M32:N32"/>
     <mergeCell ref="M33:N33"/>
     <mergeCell ref="K34:L34"/>
     <mergeCell ref="K35:L35"/>
     <mergeCell ref="I34:J34"/>
     <mergeCell ref="I35:J35"/>
-    <mergeCell ref="G23:H23"/>
-[...5 lines deleted...]
-    <mergeCell ref="G31:H31"/>
     <mergeCell ref="A36:E37"/>
     <mergeCell ref="F36:F37"/>
     <mergeCell ref="G36:H37"/>
     <mergeCell ref="B34:E34"/>
     <mergeCell ref="B35:E35"/>
     <mergeCell ref="G33:H33"/>
     <mergeCell ref="G34:H34"/>
     <mergeCell ref="G35:H35"/>
     <mergeCell ref="B33:E33"/>
     <mergeCell ref="G32:H32"/>
     <mergeCell ref="I31:J31"/>
     <mergeCell ref="I32:J32"/>
     <mergeCell ref="I33:J33"/>
     <mergeCell ref="K21:L21"/>
     <mergeCell ref="K22:L22"/>
     <mergeCell ref="I27:J27"/>
     <mergeCell ref="I21:J21"/>
     <mergeCell ref="I22:J22"/>
     <mergeCell ref="I23:J23"/>
     <mergeCell ref="I24:J24"/>
     <mergeCell ref="I25:J25"/>
     <mergeCell ref="I26:J26"/>
     <mergeCell ref="K32:L32"/>
     <mergeCell ref="K33:L33"/>
     <mergeCell ref="K31:L31"/>